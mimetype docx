--- v0 (2025-10-10)
+++ v1 (2025-12-22)
@@ -728,1923 +728,1931 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007B7D33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">C. </w:t>
       </w:r>
       <w:r w:rsidR="000A1811">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>był świadkiem</w:t>
       </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rabacji galicyjskiej</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B. bije się z Czepcem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D. jest krewnym Gospodarza</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dziennikarz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A. jest postacią fikcyjną</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C. okazuje wyższość Czepcowi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B. spotyka zjawę Hetmana</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D. nie przyjmuje złotego rogu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pan Młody</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A. prezentuje postawę chłopomańską</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B. rozmawia z Rycerzem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C. jest bratem Gospodarza</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D. wraz z Gospodynią zaprasza Chochoła na wesele</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Wernyhora</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="00EF4C13" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B7D33" w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wygłasza weselnikom patriotyczną przemowę</w:t>
+      </w:r>
+      <w:r w:rsidR="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B. zostawia złoty róg i złotą podkowę</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C. nakazuje Gospodarzowi, by zadął o świcie w złoty róg</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D. oddaje róg Jaśkowi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jasiek </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="00EF4C13" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A. </w:t>
+      </w:r>
+      <w:r w:rsidR="007B7D33" w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>znalazł złoty róg</w:t>
+      </w:r>
+      <w:r w:rsidR="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B. jest kuzynem Isi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C. spotyka Hetmana</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D. jest jedyną osobą, która nie tańczy chocholego tańca</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Stańczyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A. ukazuje się Dziennikarzowi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C. wygania Chochoła</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B. jest drużbą na weselu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D. przynosi z sobą kaduceusz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Wesele odbywa się w</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A. maju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C. grudniu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B. styczniu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D. listopadzie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gospodarz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A. jest </w:t>
+      </w:r>
+      <w:r w:rsidR="00A20537">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">artystą i inteligentem. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C. jest szwagrem Panny Młodej</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B. jest muzykantem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="007B7D33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> rabacji galicyjskiej</w:t>
-[...103 lines deleted...]
-      <w:r>
+        <w:t>D. prezentuje postawę chłopomańską</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
-      </w:r>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Słowa: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>„Com ja robił? Gdziem ja był? – Wyście, panie wójcie, pił” odnoszą</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">się do </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A. Czepca</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C. Ojca</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B. Gospodarza</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D. Wojtka</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="007B7D33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...177 lines deleted...]
-      <w:r>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chochoł</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A. ukazuje się Dziadowi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B. jest pierwszą nierealną postacią pojawiającą się w utworze</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C. jest posłuszny Jaśkowi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A32585" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B7D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D. jest ostatnią nierealną postacią pojawiającą się w utworze</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A32585" w:rsidRDefault="00A32585">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF3C4D" w:rsidRPr="00FF3C4D" w:rsidRDefault="00FF3C4D" w:rsidP="00FF3C4D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF3C4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...254 lines deleted...]
-      <w:r w:rsidRPr="007B7D33">
+        <w:t>13.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF3C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ostatnia scena w dramacie </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>przedstawia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF3C4D" w:rsidRPr="00FF3C4D" w:rsidRDefault="00FF3C4D" w:rsidP="00FF3C4D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF3C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>proroctwo Wernyhory</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF3C4D" w:rsidRPr="00FF3C4D" w:rsidRDefault="00FF3C4D" w:rsidP="00FF3C4D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF3C4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>monolog Stańczyka</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF3C4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B7D33" w:rsidRPr="007B7D33" w:rsidRDefault="007B7D33" w:rsidP="007B7D33">
-[...1160 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00FF3C4D" w:rsidRPr="00FF3C4D" w:rsidRDefault="00FF3C4D" w:rsidP="00FF3C4D">
       <w:pPr>
-        <w:rPr>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C. </w:t>
+      </w:r>
       <w:r w:rsidRPr="00FF3C4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...121 lines deleted...]
-        <w:t>chocholi taniec</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taniec</w:t>
+      </w:r>
+      <w:r w:rsidR="00A20537">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wszystkich weselników</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FF3C4D" w:rsidRPr="00FF3C4D" w:rsidRDefault="00FF3C4D" w:rsidP="00FF3C4D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2668,101 +2676,101 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FF3C4D" w:rsidRDefault="00FF3C4D" w:rsidP="00FF3C4D"/>
     <w:sectPr w:rsidR="00FF3C4D" w:rsidSect="000579F7">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1135" w:right="1133" w:bottom="1417" w:left="1134" w:header="708" w:footer="624" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00485803" w:rsidRDefault="00485803" w:rsidP="00893CAB">
+    <w:p w:rsidR="007628E6" w:rsidRDefault="007628E6" w:rsidP="00893CAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00485803" w:rsidRDefault="00485803" w:rsidP="00893CAB">
+    <w:p w:rsidR="007628E6" w:rsidRDefault="007628E6" w:rsidP="00893CAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00893CAB" w:rsidRDefault="00893CAB" w:rsidP="00893CAB">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="pl-PL"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>3969385</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>63500</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="901065" cy="389890"/>
@@ -2849,61 +2857,61 @@
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                                               </w:t>
     </w:r>
     <w:r w:rsidR="00893CAB">
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Materiały do serii „Sztuka wyrazu” pobrane ze strony www.gwo.pl</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00485803" w:rsidRDefault="00485803" w:rsidP="00893CAB">
+    <w:p w:rsidR="007628E6" w:rsidRDefault="007628E6" w:rsidP="00893CAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00485803" w:rsidRDefault="00485803" w:rsidP="00893CAB">
+    <w:p w:rsidR="007628E6" w:rsidRDefault="007628E6" w:rsidP="00893CAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31B22C92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A88CA23A"/>
     <w:lvl w:ilvl="0" w:tplc="04150015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -2990,73 +2998,76 @@
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00893CAB"/>
     <w:rsid w:val="000037DD"/>
+    <w:rsid w:val="00030F60"/>
     <w:rsid w:val="0003399E"/>
     <w:rsid w:val="000579F7"/>
     <w:rsid w:val="000716E6"/>
     <w:rsid w:val="000A1811"/>
     <w:rsid w:val="000A6332"/>
     <w:rsid w:val="001876CE"/>
     <w:rsid w:val="001B7E2D"/>
     <w:rsid w:val="001E2AFA"/>
     <w:rsid w:val="00255A4E"/>
     <w:rsid w:val="00324C31"/>
     <w:rsid w:val="00422E76"/>
     <w:rsid w:val="00440FEB"/>
     <w:rsid w:val="00485803"/>
     <w:rsid w:val="005F558C"/>
     <w:rsid w:val="0068632B"/>
     <w:rsid w:val="006A569B"/>
     <w:rsid w:val="006A5AA2"/>
     <w:rsid w:val="006B760C"/>
     <w:rsid w:val="00726C45"/>
+    <w:rsid w:val="007628E6"/>
     <w:rsid w:val="007B7D33"/>
     <w:rsid w:val="007C040B"/>
     <w:rsid w:val="00893CAB"/>
     <w:rsid w:val="008C61E0"/>
+    <w:rsid w:val="00A20537"/>
     <w:rsid w:val="00A32585"/>
     <w:rsid w:val="00A91BC8"/>
     <w:rsid w:val="00AE6416"/>
     <w:rsid w:val="00B33F3A"/>
     <w:rsid w:val="00CA6150"/>
     <w:rsid w:val="00D93F77"/>
     <w:rsid w:val="00E60940"/>
     <w:rsid w:val="00E71FBA"/>
     <w:rsid w:val="00EF4C13"/>
     <w:rsid w:val="00FF3C4D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
@@ -3884,66 +3895,66 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>286</Words>
-  <Characters>1720</Characters>
+  <Words>289</Words>
+  <Characters>1734</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2002</CharactersWithSpaces>
+  <CharactersWithSpaces>2019</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Aleksandra Golecka-Mazur</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>